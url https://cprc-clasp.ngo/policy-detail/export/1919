--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to the energy labelling of smartphones and slate tablets.</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Fri, 05/02/2025 - 09:14</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
 In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
 Reference test methods are listed in Annex IVa.
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="258.223" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="270.077" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -611,82 +612,83 @@
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>