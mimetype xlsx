--- v0 (2025-10-15)
+++ v1 (2026-01-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -78,135 +78,136 @@
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
     <t>It applies to every liquid chilling package (chillers) of all types and sizes of the vapor compression type covered under the scope of IS 16950 with all amendments used for space cooling with rated voltage up to and including 250 V, 50 Hz AC, for single phase and up to and including 400V, 50Hz AC for three-phase power supply. Any applicable chillers being manufactured, commercially purchased, imported, or sold in India shall:
-	Meet the cooling capacity and power consumption in line with clauses 11.4.1 and 11.4.2 as specified in IS 16950 with all amendments,
+Meet the cooling capacity and power consumption in line with clauses 11.4.1 and 11.4.2 as specified in IS 16950 with all amendments,
 	Meet construction and safety requirements as per clauses 5.1 and 5.2 of IS 16590 with all amendments, and
 	Meet the prequalification criteria wherein every model shall achieve a minimum coefficient of performance in accordance with sub-paragraph (1) of paragraph (3).
  </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Mon, 10/02/2023 - 17:19</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="69" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="507.162" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="69.554" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -621,82 +622,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>