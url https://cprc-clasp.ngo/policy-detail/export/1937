--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,111 +95,112 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulations (EC) No 1275/2008 and (EC) No 107/2009</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wed, 10/18/2023 - 10:32</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="439.893" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="248.796" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -610,82 +611,83 @@
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>