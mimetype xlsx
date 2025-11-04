--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,114 +95,115 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wed, 10/18/2023 - 10:38</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="388.048" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="811.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>