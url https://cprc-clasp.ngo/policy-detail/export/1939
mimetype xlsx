--- v1 (2025-11-04)
+++ v2 (2025-11-04)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Wed, 10/18/2023 - 10:38</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, New, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
@@ -484,51 +484,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="811.516" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>