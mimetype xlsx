--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,95 +77,95 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
-    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-eff…</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Incandescent lamp  (25-200W):  0.24 √ɸ + 0.0103ɸ
 	Compact fluorescent lamp with integrated ballast (CFLi)  (up to 60W): 
-		0.24 √ɸ + 0.0103ɸ
+	0.24 √ɸ + 0.0103ɸ
 		CFLi
-			The ratio of luminous flux emitted by the lamps at 2,000 hours to its initial luminous flux is ≥ 0.85; and
+		The ratio of luminous flux emitted by the lamps at 2,000 hours to its initial luminous flux is ≥ 0.85; and
 			The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 6,000 hours is  ≥ 0.5.
 			Covered CFLI
-				The ratio of luminous flux emitted by the lamps at 2,000 hours to its initial luminous flux is ≥ 0.8; and
+			The ratio of luminous flux emitted by the lamps at 2,000 hours to its initial luminous flux is ≥ 0.8; and
 				The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 6,000 hours is   ≥ 0.5.
 LED lamp with an Edison screw or a bayonet lamp cap (up to 60W):
-	0.24 √ɸ + 0.0103ɸ
+0.24 √ɸ + 0.0103ɸ
 	The ratio of luminous flux emitted by the lamp at 6,000 hours2 to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 70% of its initial luminous flux) at 6,000 hours is ≥ 0.9.
 Compact fluorescent lamp without integrated ballast (CFLni)
-	The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
+The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 2,000 hours is ≥ 0.9.
 T8 Linear, double-capped, fluorescent lamp (LFL) [0.5 - 1.5]m
-	The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
+The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 2,000 hours is ≥ 0.9.
 LED lamp designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires
-	The ratio of luminous flux emitted by the lamp at 6,000 hours2 to its initial luminous flux is ≥ 0.8; and
+The ratio of luminous flux emitted by the lamp at 6,000 hours2 to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 70% of its initial luminous flux) at 6,000 hours is ≥ 0.9.
 Δɸ is the rated luminous flux in lumen.
 For covered CFLi, Plamp = Pcovered CFLi x 0.95
 2Registered suppliers must declare compliance at 6,000 hours if samples are tested to 1,000 hours only.
 A minimum sample size of 20 is required.
 If you are selling or supplying the following lamps, please ensure that they meet the applicable safety standards</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Wed, 12/13/2023 - 15:33</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
@@ -184,66 +184,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -515,70 +516,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="63" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="192.239" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -662,82 +663,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>