--- v1 (2025-11-05)
+++ v2 (2025-12-18)
@@ -115,57 +115,57 @@
 0.24 √ɸ + 0.0103ɸ
 	The ratio of luminous flux emitted by the lamp at 6,000 hours2 to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 70% of its initial luminous flux) at 6,000 hours is ≥ 0.9.
 Compact fluorescent lamp without integrated ballast (CFLni)
 The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 2,000 hours is ≥ 0.9.
 T8 Linear, double-capped, fluorescent lamp (LFL) [0.5 - 1.5]m
 The ratio of luminous flux emitted by the lamp at 2,000 hours to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 50% of its initial luminous flux) at 2,000 hours is ≥ 0.9.
 LED lamp designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires
 The ratio of luminous flux emitted by the lamp at 6,000 hours2 to its initial luminous flux is ≥ 0.8; and
 	The fraction of the total number of lamps that continue to operate (light output must be at least 70% of its initial luminous flux) at 6,000 hours is ≥ 0.9.
 Δɸ is the rated luminous flux in lumen.
 For covered CFLi, Plamp = Pcovered CFLi x 0.95
 2Registered suppliers must declare compliance at 6,000 hours if samples are tested to 1,000 hours only.
 A minimum sample size of 20 is required.
 If you are selling or supplying the following lamps, please ensure that they meet the applicable safety standards</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Mon, 12/15/2025 - 22:37</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
@@ -525,51 +525,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="599.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>