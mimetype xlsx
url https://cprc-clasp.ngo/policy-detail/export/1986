--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,145 +77,146 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
-    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-eff…</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>Integrated Energy Efficiency Ratio (IEER)
 	Any base module/unit of three-phase VRF air-conditioners
 		1 tick: 4.35 ≤ IEER &lt; 4.80
 		2 tick: 4.80 ≤ IEER &lt; 5.25 
 		3 tick: 5.25 ≤ IEER &lt; 5.70
 		4 tick: 5.70 ≤ IEER &lt; 6.15
 		5 tick: IEER ≥ 6.15  
 Integrated Energy Efficiency Ratio (IEER) = 0.125*COP at 25% + 0.238*COP at 50% + 0.617*COP at 75% + 0.020*COP at 100%. where:
-	Coefficient of Performance (COP) is ratio of cooling capacity to effective power consumption at T1 test conditions under ISO 15042(2017).
+Coefficient of Performance (COP) is ratio of cooling capacity to effective power consumption at T1 test conditions under ISO 15042(2017).
 	Effective Power input is the average power input to the equipment obtained from operation of compressor(s), electric heating devices used only for defrosting, all control and safety devices and operations of all fans, whether provided with equipment or not.
  </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Wed, 12/13/2023 - 16:57</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,70 +488,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="305.497" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -632,82 +633,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>