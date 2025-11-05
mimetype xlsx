--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
   </si>
   <si>
-    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%…</t>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Wed, 12/13/2023 - 21:08</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand  ( https://www.egat.co.th/home/ )</t>
   </si>
   <si>
     <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
@@ -145,66 +145,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="89" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="274.79" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>