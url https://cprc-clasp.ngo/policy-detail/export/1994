--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,116 +95,117 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021, Thermal efficiency of water heaters for domestic and commercial use. Boundaries, testing and labeling methods</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tue, 09/16/2025 - 20:29</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="580.287" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>