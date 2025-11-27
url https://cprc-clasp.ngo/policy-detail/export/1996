--- v0 (2025-10-15)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,51 +95,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>Norma Oficial Mexicana NOM-031-ENER-2019, Eficiencia energética para luminarios con led para iluminación de vialidades y áreas exteriores públicas. Especificaciones y métodos de prueba.</t>
   </si>
   <si>
     <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Mon, 12/18/2023 - 17:49</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019 )</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
@@ -148,66 +148,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="234.657" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>