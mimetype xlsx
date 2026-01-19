--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
-    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%2013372%3A2021</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Wed, 01/03/2024 - 22:00</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/?page=home )</t>
   </si>
   <si>
     <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="94" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="376.194" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>