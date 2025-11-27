--- v0 (2025-10-16)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Thu, 01/04/2024 - 21:10</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance  ( https://www.mof.gov.ws/ )</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="72" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="379.764" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="72.982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>