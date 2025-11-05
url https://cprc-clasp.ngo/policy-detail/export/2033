--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -115,114 +115,115 @@
 1. C403.4.1.1 Heat pump supplementary heat. Heat pumps having combustion equipment or electric resistance
 equipment for supplementary space heating shall have controls that are configured to prevent supplemental heat
 operation when the capacity of the heat pump compressor can meet the heating load and limit supplemental
 heat operation to only those times when one of the following applies:For space heating systems, the vapor
 compression cycle cannot provide the necessary heating energy to satisfy the thermostat setting.
 Exception: For forced-air systems, the vapor compression cycle cannot provide a supply air temperature of 85°F or
 greater
 2. The heat pump is operating in defrost mode.
 3. The vapor compression cycle malfunctions.
 4. For space heating systems, the thermostat malfunctions"
 Effective date 3/31/2023</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Wed, 02/21/2024 - 20:58</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>City of Aspen  ( https://www.aspen.gov/ )</t>
   </si>
   <si>
     <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -494,70 +495,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="266.506" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -637,82 +638,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>