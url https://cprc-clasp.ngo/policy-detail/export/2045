--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>IBR-compliant boilers exhibit water holding capacity exceeding 25 liters and steam pressure of 3.5 Kg/cm2. They support varying capacities, ranging from 1 tonne/hour to 1,650 tonnes/hour, and are extensively used in the Auto, Pharma, Chemical, Sugar, Cement and Power sectors. A “Packaged Boiler” means any closed vessel which is used specifically for generating steam under pressure and includes any mounting or other fitting attached to such vessel, which is wholly or partly under pressure when steam is shut off, and is certified as per Indian Boiler Regulation. </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Tue, 12/17/2024 - 18:11</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beeindia.gov.in/en )</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="72" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="669.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="72.982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>