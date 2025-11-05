--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,51 +95,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
   </si>
   <si>
     <t>To qualify for award of star labeling, the commercial beverage cooler must meet the labeling criteria as mentioned in Table-2. For calculation of AEC and Equivalent Volume (Veq) values, the total energy consumption test shall be conducted at Climate Class - CC2 as per clause 6.3.11.3.6 and Annexure C of ISO 22044:2021. </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Wed, 12/18/2024 - 18:26</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency  ( https://www.beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
@@ -148,66 +148,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="90" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="121" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="379.764" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="470.599" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="121.399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>