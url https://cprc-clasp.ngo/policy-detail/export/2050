--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,69 +77,69 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
-    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine…</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
   </si>
   <si>
     <t>The measured standby power shall be rounded off to the nearest 0.1 W and shall not be more than 2.0 Watts.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Wed, 08/20/2025 - 20:30</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Energy  ( https://doe.gov.ph/ )</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
@@ -154,66 +154,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -485,70 +486,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="123" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="602.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -630,82 +631,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>