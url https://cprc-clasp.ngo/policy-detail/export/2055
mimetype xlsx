--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -94,51 +94,51 @@
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Maximum Power Consumption Standards:
 Maximum Standby Power Standards in off-mode (left) and active standby mode (right):
 Notes: For general products, the off-mode standard is applied. For network products, both the off-mode and the active standby mode standards are applied.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Tue, 07/15/2025 - 14:01</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea  ( https://www.motie.go.kr/ )</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
@@ -160,66 +160,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -491,70 +492,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="159" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="406.901" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -634,82 +635,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>