--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,51 +92,51 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Maximum consumption standards and off-mode power consumption standards:</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Wed, 08/20/2025 - 17:49</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea  ( https://www.motie.go.kr/ )</t>
   </si>
   <si>
     <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
 (a) Devices that receive hot water supply from other water heating systems
 (b) Devices that only provide hot water cleaning
 (c) Devices that only provide a heated seat
 (d) Devices that are powered only by batteries
@@ -152,66 +152,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -483,70 +484,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="137" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="533.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -626,82 +627,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>