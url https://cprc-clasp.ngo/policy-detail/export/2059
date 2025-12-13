--- v0 (2025-11-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
@@ -85,60 +85,63 @@
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>All energy-using product shall meet the Minimum Energy Performance Standard (MEPS) rating of 2-star as stated in the Energy Efficiency and Conservation Regulation 2024.
 Energy Efficiency Rating:
  </t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...2 lines deleted...]
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Asia and Pacific</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Fri, 12/05/2025 - 20:37</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
@@ -484,55 +487,55 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="199.237" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="100.118" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -579,92 +582,94 @@
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2">
         <v>2013</v>
       </c>
-      <c r="F2"/>
+      <c r="F2" t="s">
+        <v>23</v>
+      </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K2">
         <v>2024</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">