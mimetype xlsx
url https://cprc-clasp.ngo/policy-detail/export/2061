--- v0 (2025-11-27)
+++ v1 (2025-12-25)
@@ -87,51 +87,51 @@
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>All energy-using product shall meet the Minimum Energy Performance Standard (MEPS) rating of 2-star as stated in the Energy Efficiency and Conservation Regulation 2024.
 Energy Efficiency Rating:</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 20:21</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>
@@ -596,53 +596,51 @@
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2">
         <v>2013</v>
       </c>
       <c r="F2"/>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="s">
         <v>24</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
-      <c r="K2">
-[...1 lines deleted...]
-      </c>
+      <c r="K2"/>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">