--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,67 +77,67 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%…</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>All energy-using product shall meet the Minimum Energy Performance Standard (MEPS) rating of 2-star as stated in the Energy Efficiency and Conservation Regulation 2024.
 Energy Efficiency Rating:</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
-    <t>Wed, 08/20/2025 - 17:50</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for domestic fan that are used in household that is connected to main power supply including—
 (a) the ceiling fan with size from 48 inch up to16 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
@@ -151,66 +151,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -482,70 +483,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="199.237" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="106.117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -627,82 +628,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>