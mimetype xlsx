--- v0 (2025-10-13)
+++ v1 (2025-11-07)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,68 +77,68 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%…</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>All energy-using product shall meet the Minimum Energy Performance Standard (MEPS) rating of 2-star as stated in the Energy Efficiency and Conservation Regulation 2024.
 Energy Efficiency Calculation:
 Energy Efficiency Rating:</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
-    <t>Tue, 07/15/2025 - 14:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
@@ -153,66 +153,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,70 +485,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="108" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="199.237" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="321.921" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="108.402" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -629,82 +630,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>