--- v1 (2025-11-07)
+++ v2 (2026-01-10)
@@ -88,51 +88,51 @@
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>All energy-using product shall meet the Minimum Energy Performance Standard (MEPS) rating of 2-star as stated in the Energy Efficiency and Conservation Regulation 2024.
 Energy Efficiency Calculation:
 Energy Efficiency Rating:</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 20:22</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>