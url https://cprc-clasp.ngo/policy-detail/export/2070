--- v0 (2025-10-15)
+++ v1 (2026-01-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -93,51 +93,51 @@
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>Star rating/labeling plan
 To achieve a star rating level, the evaporative air cooler must meet the ‘specified EER values’ condition corresponding to the star rating level given in Table 1 &amp; Table 2.</t>
   </si>
   <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Tue, 07/15/2025 - 14:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
 of commercial sale.</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
@@ -145,66 +145,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>