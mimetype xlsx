--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -98,51 +98,51 @@
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Luminous Efficacy Requirement:
 All lamps shall comply with the minimum luminous efficacy requirements for the light source such that:
 Minimum efficacy = Base efficacy + Allowance
 where “Base efficacy” is set out in two phases in Table 1, and “Allowance” is the sum of eligible allowances in Table 2:
 Depending on the characteristics of the lamp, the minimum luminous efficacy values required in Table 1 may be decreased by the following efficacy allowances given in Table 2. For example, a general service lamp that emits 350 lumens could adjust the Phase 1 requirement by subtracting 10 lm/W, such that the minimum required 90 lm/W is adjusted down to 80 lm/W.
 Table 2 ― Efficacy allowances for specific lamps with special characteristics
 Energy Labeling:</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Thu, 07/03/2025 - 20:53</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Standards Council of Nigeria  ( https://son.gov.ng/ )</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
@@ -177,66 +177,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,70 +509,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="537.869" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -651,82 +652,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>