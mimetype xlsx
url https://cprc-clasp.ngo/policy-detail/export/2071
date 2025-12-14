--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
@@ -89,54 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Luminous Efficacy Requirement:
 All lamps shall comply with the minimum luminous efficacy requirements for the light source such that:
 Minimum efficacy = Base efficacy + Allowance
 where “Base efficacy” is set out in two phases in Table 1, and “Allowance” is the sum of eligible allowances in Table 2:
 Depending on the characteristics of the lamp, the minimum luminous efficacy values required in Table 1 may be decreased by the following efficacy allowances given in Table 2. For example, a general service lamp that emits 350 lumens could adjust the Phase 1 requirement by subtracting 10 lm/W, such that the minimum required 90 lm/W is adjusted down to 80 lm/W.
 Table 2 ― Efficacy allowances for specific lamps with special characteristics
 Energy Labeling:</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...2 lines deleted...]
-    <t>Thu, 07/03/2025 - 20:53</t>
+    <t>Africa</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Fri, 12/05/2025 - 22:53</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Standards Council of Nigeria  ( https://son.gov.ng/ )</t>
   </si>
@@ -515,51 +518,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="537.869" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -609,90 +612,92 @@
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2">
         <v>2024</v>
       </c>
-      <c r="F2"/>
+      <c r="F2" t="s">
+        <v>23</v>
+      </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K2"/>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">