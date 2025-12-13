--- v0 (2025-11-04)
+++ v1 (2025-12-13)
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
-    <t>Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+    <t>GB 37478-2025 道路和隧道照明用LED灯具能效限定值及能效等级</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>Energy Efficiency Grade:</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 09/23/2025 - 23:44</t>
+    <t>Fri, 12/05/2025 - 21:44</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardization Administration of China  ( https://www.sac.gov.cn/ )</t>
   </si>
@@ -482,51 +482,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">