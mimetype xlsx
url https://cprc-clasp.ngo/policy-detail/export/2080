--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,51 +92,51 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Energy Efficiency Grades:</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Wed, 08/20/2025 - 17:48</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization  ( http://www.ysjbz.com/bwhdt/ )</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
@@ -144,66 +144,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,70 +476,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="89" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="325.492" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -618,82 +619,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>