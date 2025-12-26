--- v1 (2025-11-04)
+++ v2 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
@@ -83,54 +83,57 @@
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Energy Efficiency Grades:</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...2 lines deleted...]
-    <t>Wed, 08/20/2025 - 17:48</t>
+    <t>Asia and Pacific</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Fri, 12/05/2025 - 20:39</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization  ( http://www.ysjbz.com/bwhdt/ )</t>
   </si>
@@ -481,52 +484,52 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -576,90 +579,92 @@
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
-      <c r="F2"/>
+      <c r="F2" t="s">
+        <v>23</v>
+      </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K2"/>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">