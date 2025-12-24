--- v0 (2025-10-13)
+++ v1 (2025-12-24)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,69 +80,69 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove (LGP)</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Star Rating:</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Wed, 08/20/2025 - 16:58</t>
+    <t>Fri, 12/05/2025 - 22:17</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
@@ -151,66 +151,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -482,70 +483,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -627,82 +628,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>