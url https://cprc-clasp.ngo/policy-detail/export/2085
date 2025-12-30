--- v0 (2025-10-15)
+++ v1 (2025-12-30)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -74,142 +74,143 @@
   <si>
     <t>Policy Type</t>
   </si>
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...2 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20…</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Star rating:</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Wed, 08/20/2025 - 14:59</t>
+    <t>Fri, 12/05/2025 - 20:29</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/ )</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,70 +482,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="96" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="297.213" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -628,82 +629,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>