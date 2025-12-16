--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
-    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536%3A2021</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Mon, 10/06/2025 - 17:43</t>
+    <t>Fri, 12/05/2025 - 17:43</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/web/guest )</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="95" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="264.078" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>