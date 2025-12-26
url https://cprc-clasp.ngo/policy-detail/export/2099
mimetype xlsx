--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -86,51 +86,51 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:41</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/web/guest )</t>
   </si>