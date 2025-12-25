--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -86,51 +86,51 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Mon, 10/06/2025 - 17:47</t>
+    <t>Mon, 12/15/2025 - 22:43</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>