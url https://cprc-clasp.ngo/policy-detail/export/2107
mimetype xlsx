--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -86,51 +86,51 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Mon, 10/06/2025 - 17:52</t>
+    <t>Mon, 12/15/2025 - 22:45</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>
@@ -567,51 +567,53 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2">
+        <v>2024</v>
+      </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="s">
         <v>24</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2"/>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>