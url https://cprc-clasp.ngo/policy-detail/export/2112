--- v0 (2025-11-05)
+++ v1 (2026-01-18)
@@ -96,51 +96,51 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t> Rated Lamp Efficacy, ŋ in Lumen/Watt
 1-tick: ŋ &lt; 110 
 2-tick: 110 ≤ ŋ &lt; 135 
 3-tick: 135 ≤ ŋ &lt; 160
 4-tick: ŋ ≥ 160  
 Rated lamp efficacy, ŋ = ɸ/Plamp
 ɸ is the rated luminous flux in Lumen; Plamp is the rated lamp power in Watt
 For covered CFLi, Plamp = Pcovered CFLi x 0.95</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Mon, 12/15/2025 - 22:44</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>