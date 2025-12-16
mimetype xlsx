--- v0 (2025-11-04)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
@@ -72,117 +72,114 @@
     <t>Policy Status Updated by CLASP Date</t>
   </si>
   <si>
     <t>Policy Type</t>
   </si>
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
-  </si>
-[...1 lines deleted...]
-    <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>Energy Efficiency Index (EEI):
 1-tick: 80 ≤ EEI ≤ 95 
 2-tick: 60 ≤ EEI &lt; 80 
 3-tick: 40 ≤ EEI &lt; 60 
 4-tick: 20 ≤ EEI &lt; 40 
 5-tick: EEI &lt; 20 
 Energy Efficiency Index (EEI) = (AEC/SAEC) × 100
 where:
 AEC = annual energy consumption of the commercial storage refrigerator in kWh/year.
 SAEC = standard annual energy consumption of the commercial storage refrigerator in kWh/year.
 SAEC = A × Vn + B
 where —
 1. Vn is net volume, which is the sum of net volumes of all compartments of the refrigerator, expressed in litres; 
 2. If the refrigerator is vertical chilled type refrigerator — A is 1.643 and B is 609;
 3. If the refrigerator is a vertical frozen type refrigerator — A is 4.928 and B is 1472;
 4. If the refrigerator is a counter chilled type refrigerator — A is 2.555 and B is 1790; and
 5. if the refrigerator is a counter frozen type refrigerator — A is 5.840 and B is 2380; </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Mon, 10/06/2025 - 17:33</t>
+    <t>Mon, 12/15/2025 - 22:46</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Environment Agency  ( https://www.nea.gov.sg/ )</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -494,70 +491,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="88.407" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -583,101 +580,101 @@
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
         <v>21</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>22</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2">
+        <v>2024</v>
+      </c>
+      <c r="F2" t="s">
         <v>23</v>
       </c>
-      <c r="E2">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>24</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>25</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>26</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="K2"/>
       <c r="L2" t="s">
+        <v>28</v>
+      </c>
+      <c r="M2" t="s">
         <v>29</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>30</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>31</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>32</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>33</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">