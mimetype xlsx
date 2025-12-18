--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>NORMA Oficial Mexicana NOM-011-ENER-2025, Eficiencia energética en acondicionadores de aire tipo central, paquete o dividido</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>Seasonal Energy Efficiency Ratio (REEE2), minimum, for central air conditioners: REEE2 Wt/We (BTU/hW)
 Split-type air conditioners, without reversible cycle (cooling only): 3.93 (13.4)
 Split-type air conditioners with reversible cycle (heat pump): 4.19 (14.3)
 Packaged air conditioners, with and without reversible cycle (cooling only and heat pump): 3.93 (13.4)</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:20</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>