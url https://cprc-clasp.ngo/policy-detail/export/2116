--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -98,51 +98,51 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Eficiencia energética de unidades condensadoras y evaporadoras para refrigeración. Límites, métodos de prueba y etiquetado</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>The Standardized Energy Efficiency Factor (FEEE) values ​:</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Mon, 10/06/2025 - 17:46</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
@@ -151,66 +151,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -482,70 +483,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="167.388" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="426.896" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -627,82 +628,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>