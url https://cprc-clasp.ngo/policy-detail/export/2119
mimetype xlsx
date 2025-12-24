--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>NOM-­014-­ENER­-2025, Eficiencia energética de motores eléctricos de corriente alterna, monofásicos, de inducción, tipo jaula de ardilla, enfriados con aire, en potencia nominal de 0.180 kW a 2.238 kW</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:29</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
@@ -491,51 +491,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="237.085" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="552.008" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>