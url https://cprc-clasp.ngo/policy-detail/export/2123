--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -90,51 +90,51 @@
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t> 
 1 star (ISEER 3.80 – 4.29) of split air conditioners specified in Table 3.2(h) shall not be permitted for two-stage capacity or multi-stage capacity or variable capacity air conditioners from 1st January 2028 to 31st December 2029, for the purpose of upgrading the minimum energy performance level of such air conditioners.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 22:20</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>