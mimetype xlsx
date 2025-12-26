--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -94,60 +94,60 @@
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>家用和类似用途厨房电器能效限定值及能效等级</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>Electric rice cooker:
 Electric pressure cookers:
 Electric stewpots and stew cups:
 Electric kettles:
 Induction cookers:
 Microwave ovens:</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 11/21/2025 - 22:34</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardization Administration of China  ( https://www.sac.gov.cn/ )</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>