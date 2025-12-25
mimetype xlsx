--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -92,60 +92,60 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>电风扇能效限定值及能效等级</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>Energy efficiency grades:</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 11/21/2025 - 22:35</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardization Administration of China  ( https://www.sac.gov.cn/ )</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>