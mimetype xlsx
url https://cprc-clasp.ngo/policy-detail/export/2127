--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -77,76 +77,75 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems 
-家用太阳能热水系统能效限定值及能效等级</t>
+    <t>家用太阳能热水系统能效限定值及能效等级</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>Energy efficiency and grades</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 11/21/2025 - 22:29</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardization Administration of China  ( https://www.sac.gov.cn/ )</t>
   </si>
   <si>
     <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
@@ -485,51 +484,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">