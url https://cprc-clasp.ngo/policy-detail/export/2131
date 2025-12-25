--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -93,60 +93,60 @@
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>燃气灶具能效限定值及能效等级</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Energy efficiency requirements and grades for household gas cooking appliances:
 Energy efficiency requirements and grades for commercial gas cooking appliances:</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:01</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardization Administration of China  ( https://www.sac.gov.cn/ )</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
 </sst>
 </file>
 