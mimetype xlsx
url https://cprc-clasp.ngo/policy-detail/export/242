--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
-    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-…</t>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 23:22</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR Canada  ( https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/18953 )</t>
   </si>
   <si>
     <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>