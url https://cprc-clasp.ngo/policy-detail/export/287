--- v0 (2025-10-13)
+++ v1 (2026-01-02)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equip…</t>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica  ( https://www.inteco.org/ )</t>
   </si>
   <si>
     <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="56" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="189.811" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="294.785" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>