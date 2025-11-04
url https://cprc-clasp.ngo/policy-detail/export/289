--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refri…</t>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica  ( https://www.inteco.org/ )</t>
   </si>
   <si>
     <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="56" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="201.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="332.633" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -614,82 +615,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>