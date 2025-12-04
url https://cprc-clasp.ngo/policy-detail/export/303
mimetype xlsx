--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavad…</t>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Tue, 06/22/2021 - 19:24</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica  ( https://www.inteco.org/ )</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="56" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="318.351" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>