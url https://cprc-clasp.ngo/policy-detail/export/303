--- v1 (2025-12-04)
+++ v2 (2026-01-23)
@@ -77,60 +77,60 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Tue, 06/22/2021 - 19:24</t>
+    <t>Thu, 01/22/2026 - 17:22</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica  ( https://www.inteco.org/ )</t>
   </si>
@@ -474,51 +474,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>