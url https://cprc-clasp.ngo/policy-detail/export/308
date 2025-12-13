--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
-    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica…</t>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
     <t>This standard does not apply to types of lamps that have one or more of the following characteristics:  Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. .  Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica  ( https://www.inteco.org/ )</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="56" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="778.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>