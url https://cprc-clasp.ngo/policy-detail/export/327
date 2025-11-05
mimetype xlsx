--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
-    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;…</t>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Wed, 05/19/2021 - 02:43</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Energy Council  ( https://www.cne.gob.sv/ )</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="148" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="305.497" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>