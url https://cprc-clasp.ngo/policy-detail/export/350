--- v0 (2025-11-05)
+++ v1 (2025-12-18)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>NORMA OFICIAL MEXICANA NOM-011-ENER-2006, EFICIENCIA ENERGETICA EN ACONDICIONADORES DE AIRE TIPO CENTRAL, PAQUETE O DIVIDIDO. LIMITES, METODOS DE PRUEBA Y ETIQUETADO</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:21</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
@@ -487,51 +487,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="195.667" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="792.664" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>