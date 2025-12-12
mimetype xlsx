--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>NOM-016-ENER-2016, Energy efficiency of alternating current motors , three-phase,induction, squirrel cage type, in nominal power from 0.746 kW to 373 kW. Limits, test method and marking.</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Mon, 12/18/2023 - 15:28</t>
+    <t>Fri, 12/05/2025 - 17:24</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="91" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="220.518" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="482.454" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>