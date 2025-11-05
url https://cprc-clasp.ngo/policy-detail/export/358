--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,120 +89,121 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Mon, 12/18/2023 - 15:34</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="63" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -621,82 +622,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>20</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>